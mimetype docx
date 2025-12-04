--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -50,63 +50,51 @@
       </w:r>
       <w:r w:rsidRPr="00703411">
         <w:t>COR; Zul.-Nr. Z-17.</w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00703411">
         <w:t>1-1</w:t>
       </w:r>
       <w:r>
         <w:t>211</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B7905E7" w14:textId="2193B0B0" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612">
       <w:pPr>
         <w:ind w:left="-284"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Einschaliges Ziegelmauerwerk d = 3</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> mm für Außenwände </w:t>
+        <w:t xml:space="preserve">Einschaliges Ziegelmauerwerk d = 300 mm für Außenwände </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CE444DC" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612"/>
     <w:p w14:paraId="6C3292DF" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10207" w:type="dxa"/>
         <w:tblInd w:w="-224" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="60" w:type="dxa"/>
           <w:right w:w="60" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="750"/>
         <w:gridCol w:w="5470"/>
@@ -426,50 +414,62 @@
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">mit Dünnbettmörtel gedeckelt, entsprechend der Zulassung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Z-17.21-1211 und der DIN EN 1996 zu vermauern, unter Verwendung zugehöriger System- und Ergänzungsziegel.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="0331EC76" w14:textId="77777777" w:rsidR="0097632F" w:rsidRDefault="0097632F" w:rsidP="00283328">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="0FFB9E9F" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00283328">
             <w:pPr>
               <w:pStyle w:val="Textkrper2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Mauerwerk, mörtelfreie Stoßfugenverzahnung, Dünnbettmörtel gedeckelt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4300EF7C" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00283328">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -615,121 +615,134 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>= 0,06 W/(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>mK</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7882C591" w14:textId="512E1155" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00283328">
+          <w:p w14:paraId="7882C591" w14:textId="44A7C862" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00283328">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5003"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B4217">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bewertetes Schalldämmmaß </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000B4217">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="000B4217">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>w,bau,ref</w:t>
+              <w:t>w,bau</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000B4217">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>,ref</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000B4217">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">= </w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>-</w:t>
+            <w:r w:rsidR="008C723E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>48,2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> dB</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BE239AC" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00283328">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -1257,51 +1270,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D2ADB33" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4027FB3C" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612"/>
     <w:p w14:paraId="58DE001E" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612"/>
     <w:p w14:paraId="57B75823" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612"/>
     <w:p w14:paraId="2FBD1D5E" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612"/>
     <w:p w14:paraId="051C7326" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612"/>
     <w:p w14:paraId="2F7A1DAC" w14:textId="77777777" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00A25612"/>
     <w:p w14:paraId="2C9A0E87" w14:textId="2B7E5BB9" w:rsidR="00784450" w:rsidRPr="00703411" w:rsidRDefault="00703411" w:rsidP="00784450">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703411">
-        <w:lastRenderedPageBreak/>
         <w:t>MZ</w:t>
       </w:r>
       <w:r w:rsidR="00414741">
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00784450" w:rsidRPr="00703411">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>FIBRA</w:t>
       </w:r>
       <w:r w:rsidR="00784450" w:rsidRPr="00703411">
         <w:t>COR; Zul.-Nr. Z-17.</w:t>
       </w:r>
       <w:r w:rsidR="00414741">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00784450" w:rsidRPr="00703411">
         <w:t>1-1</w:t>
       </w:r>
       <w:r w:rsidR="00414741">
         <w:t>211</w:t>
@@ -1720,50 +1732,62 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>1-1</w:t>
             </w:r>
             <w:r w:rsidR="00414741">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>211</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> und der DIN EN 1996 zu vermauern, unter Verwendung zugehöriger System- und Ergänzungsziegel.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="6BC4491F" w14:textId="77777777" w:rsidR="0097632F" w:rsidRDefault="0097632F" w:rsidP="00F77D6E">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="576EFFC0" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00F77D6E">
             <w:pPr>
               <w:pStyle w:val="Textkrper2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Mauerwerk, mörtelfreie Stoßfugenverzahnung, Dünnbettmörtel gedeckelt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58563E3E" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00F77D6E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2605,51 +2629,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6817348E" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00784450">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D481575" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00784450"/>
     <w:p w14:paraId="316C1C98" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00784450"/>
     <w:p w14:paraId="1B91CD0F" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00784450"/>
     <w:p w14:paraId="43748A1F" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00784450"/>
     <w:p w14:paraId="68E3A0A6" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00784450"/>
     <w:p w14:paraId="7F96F4E4" w14:textId="77777777" w:rsidR="00784450" w:rsidRDefault="00784450" w:rsidP="00784450"/>
     <w:p w14:paraId="51F257ED" w14:textId="77777777" w:rsidR="00414741" w:rsidRPr="00703411" w:rsidRDefault="00414741" w:rsidP="00414741">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703411">
-        <w:lastRenderedPageBreak/>
         <w:t>MZ</w:t>
       </w:r>
       <w:r>
         <w:t>60</w:t>
       </w:r>
       <w:r w:rsidRPr="00703411">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>FIBRA</w:t>
       </w:r>
       <w:r w:rsidRPr="00703411">
         <w:t>COR; Zul.-Nr. Z-17.</w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00703411">
         <w:t>1-1</w:t>
       </w:r>
       <w:r>
         <w:t>211</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="592409DF" w14:textId="6263193C" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741">
@@ -3017,50 +3040,62 @@
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">mit Dünnbettmörtel gedeckelt, entsprechend der Zulassung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Z-17.21-1211 und der DIN EN 1996 zu vermauern, unter Verwendung zugehöriger System- und Ergänzungsziegel.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="08A3FB79" w14:textId="77777777" w:rsidR="0097632F" w:rsidRDefault="0097632F" w:rsidP="00283328">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="2F2108A2" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00283328">
             <w:pPr>
               <w:pStyle w:val="Textkrper2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Mauerwerk, mörtelfreie Stoßfugenverzahnung, Dünnbettmörtel gedeckelt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2154F609" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00283328">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3848,51 +3883,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="150017D8" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F9F7ABB" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:p w14:paraId="643439CA" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:p w14:paraId="4299DCC4" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:p w14:paraId="23B711A3" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:p w14:paraId="412C6A2A" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:p w14:paraId="5FF19FD4" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:p w14:paraId="70AD8BE8" w14:textId="77777777" w:rsidR="00414741" w:rsidRPr="00703411" w:rsidRDefault="00414741" w:rsidP="00414741">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00703411">
-        <w:lastRenderedPageBreak/>
         <w:t>MZ</w:t>
       </w:r>
       <w:r>
         <w:t>60</w:t>
       </w:r>
       <w:r w:rsidRPr="00703411">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>FIBRA</w:t>
       </w:r>
       <w:r w:rsidRPr="00703411">
         <w:t>COR; Zul.-Nr. Z-17.</w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00703411">
         <w:t>1-1</w:t>
       </w:r>
       <w:r>
         <w:t>211</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CDD2D28" w14:textId="0A21FD64" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741">
@@ -4260,50 +4294,62 @@
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">mit Dünnbettmörtel gedeckelt, entsprechend der Zulassung </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
               <w:t>Z-17.21-1211 und der DIN EN 1996 zu vermauern, unter Verwendung zugehöriger System- und Ergänzungsziegel.</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="26EF88A5" w14:textId="77777777" w:rsidR="0097632F" w:rsidRDefault="0097632F" w:rsidP="00283328">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="2E8C209D" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00283328">
             <w:pPr>
               <w:pStyle w:val="Textkrper2"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
               <w:t>Mauerwerk, mörtelfreie Stoßfugenverzahnung, Dünnbettmörtel gedeckelt.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50CBF0B0" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00283328">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -5061,70 +5107,50 @@
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>........................</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="37B282D5" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56520403" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741">
-[...18 lines deleted...]
-    <w:p w14:paraId="485315DC" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:p w14:paraId="367A7E9A" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:p w14:paraId="1457B716" w14:textId="77777777" w:rsidR="00414741" w:rsidRDefault="00414741" w:rsidP="00414741"/>
     <w:sectPr w:rsidR="00414741" w:rsidSect="00CB520E">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2977" w:right="1276" w:bottom="1134" w:left="1276" w:header="1440" w:footer="1440" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5F24C4B9" w14:textId="77777777" w:rsidR="007E3F35" w:rsidRDefault="007E3F35">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1734FABC" w14:textId="77777777" w:rsidR="007E3F35" w:rsidRDefault="007E3F35">
       <w:r>
@@ -5253,131 +5279,135 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:val="bestFit" w:percent="241"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E764A2"/>
     <w:rsid w:val="00011953"/>
     <w:rsid w:val="00016707"/>
     <w:rsid w:val="00047FEB"/>
     <w:rsid w:val="0005245B"/>
     <w:rsid w:val="000679E0"/>
     <w:rsid w:val="00081463"/>
     <w:rsid w:val="000E3E56"/>
     <w:rsid w:val="000F7BC0"/>
     <w:rsid w:val="001604AC"/>
     <w:rsid w:val="00236DD6"/>
     <w:rsid w:val="00293A54"/>
     <w:rsid w:val="00295AE5"/>
     <w:rsid w:val="002B45DA"/>
     <w:rsid w:val="002E20FD"/>
     <w:rsid w:val="002F0690"/>
     <w:rsid w:val="00322CBC"/>
     <w:rsid w:val="00352ECF"/>
+    <w:rsid w:val="003661E6"/>
     <w:rsid w:val="003B5193"/>
     <w:rsid w:val="0040593F"/>
     <w:rsid w:val="00414741"/>
     <w:rsid w:val="004B09D6"/>
     <w:rsid w:val="004E6935"/>
     <w:rsid w:val="004F5D17"/>
     <w:rsid w:val="005448F2"/>
     <w:rsid w:val="0058552E"/>
     <w:rsid w:val="00586444"/>
     <w:rsid w:val="005C625E"/>
     <w:rsid w:val="005E599B"/>
     <w:rsid w:val="00645FBB"/>
     <w:rsid w:val="00660286"/>
     <w:rsid w:val="00666CB0"/>
     <w:rsid w:val="006675F1"/>
     <w:rsid w:val="0069628F"/>
     <w:rsid w:val="006B2469"/>
     <w:rsid w:val="006C3801"/>
     <w:rsid w:val="006E2809"/>
     <w:rsid w:val="006E7D6F"/>
     <w:rsid w:val="006F0DE8"/>
     <w:rsid w:val="00703411"/>
     <w:rsid w:val="00704DE8"/>
     <w:rsid w:val="00712D5A"/>
     <w:rsid w:val="00734208"/>
     <w:rsid w:val="00784450"/>
     <w:rsid w:val="00792366"/>
     <w:rsid w:val="00793971"/>
     <w:rsid w:val="007E3F35"/>
     <w:rsid w:val="007F37CC"/>
     <w:rsid w:val="00837C0F"/>
     <w:rsid w:val="00882FD2"/>
     <w:rsid w:val="00891557"/>
+    <w:rsid w:val="008C723E"/>
     <w:rsid w:val="00907F68"/>
     <w:rsid w:val="009266BA"/>
     <w:rsid w:val="0094249E"/>
     <w:rsid w:val="009754FA"/>
+    <w:rsid w:val="0097632F"/>
+    <w:rsid w:val="009A326D"/>
     <w:rsid w:val="009B1450"/>
     <w:rsid w:val="00A25612"/>
     <w:rsid w:val="00A66E26"/>
     <w:rsid w:val="00A67209"/>
     <w:rsid w:val="00A7066F"/>
     <w:rsid w:val="00A92533"/>
     <w:rsid w:val="00B7438C"/>
     <w:rsid w:val="00BB6ABE"/>
     <w:rsid w:val="00C03CD4"/>
     <w:rsid w:val="00C11EAB"/>
     <w:rsid w:val="00C64848"/>
     <w:rsid w:val="00C7366A"/>
     <w:rsid w:val="00C83C6A"/>
     <w:rsid w:val="00C97CFC"/>
     <w:rsid w:val="00CB520E"/>
     <w:rsid w:val="00D24F0B"/>
     <w:rsid w:val="00D401CF"/>
     <w:rsid w:val="00D478E9"/>
     <w:rsid w:val="00DE3A03"/>
     <w:rsid w:val="00E46029"/>
     <w:rsid w:val="00E610A5"/>
     <w:rsid w:val="00E72281"/>
     <w:rsid w:val="00E764A2"/>
     <w:rsid w:val="00E84EC3"/>
     <w:rsid w:val="00E86C7C"/>
@@ -6612,78 +6642,78 @@
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB425CF9-4B3F-4C4C-9663-399915C3EE14}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="675ea9c8-b697-4b26-99ba-96113cb63a24"/>
     <ds:schemaRef ds:uri="20dd07e1-4ee5-4ad2-836e-49522f080cbc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>758</Words>
-  <Characters>4780</Characters>
+  <Characters>4781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>39</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Textvorschläge einschalige Außenwand ohne Zusatzdämmung</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5527</CharactersWithSpaces>
+  <CharactersWithSpaces>5528</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Textvorschläge einschalige Außenwand ohne Zusatzdämmung</dc:title>
   <dc:creator>Konrad Schwarz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A14F23A6FCEA834B80F4A3A12D3BF188</vt:lpwstr>
   </property>
 </Properties>
 </file>