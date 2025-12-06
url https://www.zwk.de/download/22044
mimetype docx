--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -720,51 +720,51 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> W/(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>mK</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7882C591" w14:textId="5E918652" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00283328">
+          <w:p w14:paraId="7882C591" w14:textId="75BACE33" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00283328">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="5003"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B4217">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Bewertetes Schalldämmmaß </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
@@ -797,57 +797,57 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>,ref</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000B4217">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">= </w:t>
             </w:r>
-            <w:r w:rsidR="008A4369">
-[...5 lines deleted...]
-              <w:t>48,2</w:t>
+            <w:r w:rsidR="00AA34CF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>49,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> dB</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BE239AC" w14:textId="606D10DB" w:rsidR="00A25612" w:rsidRDefault="00A25612" w:rsidP="00283328">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="9"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -4336,50 +4336,51 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E764A2"/>
     <w:rsid w:val="00011953"/>
     <w:rsid w:val="00016707"/>
     <w:rsid w:val="00047FEB"/>
     <w:rsid w:val="0005245B"/>
     <w:rsid w:val="000679E0"/>
     <w:rsid w:val="00081463"/>
     <w:rsid w:val="000E3E56"/>
     <w:rsid w:val="000F7BC0"/>
     <w:rsid w:val="001604AC"/>
     <w:rsid w:val="00236DD6"/>
     <w:rsid w:val="00293A54"/>
     <w:rsid w:val="00295AE5"/>
     <w:rsid w:val="002B45DA"/>
     <w:rsid w:val="002E20FD"/>
     <w:rsid w:val="002F0690"/>
+    <w:rsid w:val="002F14F6"/>
     <w:rsid w:val="00322CBC"/>
     <w:rsid w:val="00352ECF"/>
     <w:rsid w:val="003B5193"/>
     <w:rsid w:val="0040593F"/>
     <w:rsid w:val="00414741"/>
     <w:rsid w:val="004B09D6"/>
     <w:rsid w:val="004E6935"/>
     <w:rsid w:val="004F5D17"/>
     <w:rsid w:val="005448F2"/>
     <w:rsid w:val="0058552E"/>
     <w:rsid w:val="00586444"/>
     <w:rsid w:val="005C625E"/>
     <w:rsid w:val="005D0499"/>
     <w:rsid w:val="005E599B"/>
     <w:rsid w:val="00643C2C"/>
     <w:rsid w:val="00645FBB"/>
     <w:rsid w:val="00660286"/>
     <w:rsid w:val="00665F75"/>
     <w:rsid w:val="00666CB0"/>
     <w:rsid w:val="006675F1"/>
     <w:rsid w:val="0069628F"/>
     <w:rsid w:val="006B2469"/>
     <w:rsid w:val="006C3801"/>
     <w:rsid w:val="006D5230"/>
     <w:rsid w:val="006E2809"/>
@@ -4388,50 +4389,51 @@
     <w:rsid w:val="00703411"/>
     <w:rsid w:val="00704DE8"/>
     <w:rsid w:val="00712D5A"/>
     <w:rsid w:val="00734208"/>
     <w:rsid w:val="00784450"/>
     <w:rsid w:val="00792366"/>
     <w:rsid w:val="00793971"/>
     <w:rsid w:val="007E3F35"/>
     <w:rsid w:val="007F37CC"/>
     <w:rsid w:val="008362C9"/>
     <w:rsid w:val="00837C0F"/>
     <w:rsid w:val="00882FD2"/>
     <w:rsid w:val="00891557"/>
     <w:rsid w:val="008A4369"/>
     <w:rsid w:val="00907F68"/>
     <w:rsid w:val="009266BA"/>
     <w:rsid w:val="0094249E"/>
     <w:rsid w:val="00945797"/>
     <w:rsid w:val="009754FA"/>
     <w:rsid w:val="009B1450"/>
     <w:rsid w:val="00A25612"/>
     <w:rsid w:val="00A66E26"/>
     <w:rsid w:val="00A67209"/>
     <w:rsid w:val="00A7066F"/>
     <w:rsid w:val="00A92533"/>
+    <w:rsid w:val="00AA34CF"/>
     <w:rsid w:val="00AD1986"/>
     <w:rsid w:val="00B62432"/>
     <w:rsid w:val="00B7438C"/>
     <w:rsid w:val="00BB6ABE"/>
     <w:rsid w:val="00C03CD4"/>
     <w:rsid w:val="00C11EAB"/>
     <w:rsid w:val="00C573AF"/>
     <w:rsid w:val="00C629AC"/>
     <w:rsid w:val="00C64848"/>
     <w:rsid w:val="00C7366A"/>
     <w:rsid w:val="00C82390"/>
     <w:rsid w:val="00C83C6A"/>
     <w:rsid w:val="00C97CFC"/>
     <w:rsid w:val="00CB520E"/>
     <w:rsid w:val="00CE2DBE"/>
     <w:rsid w:val="00D24F0B"/>
     <w:rsid w:val="00D401CF"/>
     <w:rsid w:val="00D478E9"/>
     <w:rsid w:val="00DE3A03"/>
     <w:rsid w:val="00E46029"/>
     <w:rsid w:val="00E463D0"/>
     <w:rsid w:val="00E610A5"/>
     <w:rsid w:val="00E72281"/>
     <w:rsid w:val="00E764A2"/>
     <w:rsid w:val="00E84EC3"/>
@@ -5367,70 +5369,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100A14F23A6FCEA834B80F4A3A12D3BF188" ma:contentTypeVersion="16" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="050c546b9d57b5446873f59d8c4a8511">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="675ea9c8-b697-4b26-99ba-96113cb63a24" xmlns:ns3="20dd07e1-4ee5-4ad2-836e-49522f080cbc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4f814f68b4771ea7754773cfea626fdc" ns2:_="" ns3:_="">
     <xsd:import namespace="675ea9c8-b697-4b26-99ba-96113cb63a24"/>
     <xsd:import namespace="20dd07e1-4ee5-4ad2-836e-49522f080cbc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -5627,98 +5609,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="20dd07e1-4ee5-4ad2-836e-49522f080cbc" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="675ea9c8-b697-4b26-99ba-96113cb63a24">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB425CF9-4B3F-4C4C-9663-399915C3EE14}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="675ea9c8-b697-4b26-99ba-96113cb63a24"/>
     <ds:schemaRef ds:uri="20dd07e1-4ee5-4ad2-836e-49522f080cbc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F192D5B4-7A8C-422E-9F23-B0EA6BC74684}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C1A8314-7DB6-4675-9C65-326E904BAD99}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="20dd07e1-4ee5-4ad2-836e-49522f080cbc"/>
+    <ds:schemaRef ds:uri="675ea9c8-b697-4b26-99ba-96113cb63a24"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>465</Words>
-  <Characters>3728</Characters>
+  <Words>574</Words>
+  <Characters>3619</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Textvorschläge einschalige Außenwand ohne Zusatzdämmung</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>